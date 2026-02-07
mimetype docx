--- v0 (2025-12-13)
+++ v1 (2026-02-07)
@@ -2762,64 +2762,62 @@
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:t>information</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009D0529">
         <w:t>an</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:t>“other”</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:t>revenue</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:t>or</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
@@ -4054,57 +4052,52 @@
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:color w:val="365F91"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Statistics</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="409C1471" w14:textId="77777777" w:rsidR="00836850" w:rsidRPr="009D0529" w:rsidRDefault="00B6501F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="43" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="100" w:right="626"/>
       </w:pPr>
       <w:r w:rsidRPr="009D0529">
         <w:t>This section is for non-financial information of the 9-1-1 Authority.</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
-        <w:t xml:space="preserve">Information captured here </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>Information captured here includes:</w:t>
+      </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:t>information</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:t>on</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
@@ -5280,74 +5273,72 @@
         <w:t>agreements</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>you</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>entered</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>into</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="009D0529">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
       <w:r w:rsidR="009D0529" w:rsidRPr="009D0529">
         <w:rPr>
@@ -10872,59 +10863,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Allowance)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0679EE3D" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00836850">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="12"/>
         <w:rPr>
           <w:sz w:val="23"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EB53B22" w14:textId="6C77847D" w:rsidR="00836850" w:rsidRDefault="00B6501F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="103" w:right="380"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Enter the costs associated with mileage reimbursement, maintenance &amp; fuel necessary for travel to meetings, </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> and conferences, for MSAG/GIS verification and testing and for 9-1-1 public education purposes, vehicle allowance costs for 9-1-1 System Manager or radio, IT, or GIS technical staff</w:t>
+        <w:t>Enter the costs associated with mileage reimbursement, maintenance &amp; fuel necessary for travel to meetings, training and conferences, for MSAG/GIS verification and testing and for 9-1-1 public education purposes, vehicle allowance costs for 9-1-1 System Manager or radio, IT, or GIS technical staff</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>attributable</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>to</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -18470,82 +18453,83 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>comma to separate each college and university. For example, Sangamon County’s 911 Dispatch Center might list: Springfield College, Lincoln Land Community College, University of Illinois Springfield, etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6BAF7B35" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00836850">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="2"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0318CBC8" w14:textId="400232D8" w:rsidR="00EE4173" w:rsidRDefault="00EE4173" w:rsidP="00EE4173">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk216791243"/>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
         </w:rPr>
         <w:t>Adjacent</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F3C9C">
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>9-1-1 Authorities</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="694E7193" w14:textId="77777777" w:rsidR="00EE4173" w:rsidRDefault="00EE4173" w:rsidP="00EE4173">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="10"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0167FDE8" w14:textId="0328ABFC" w:rsidR="00EE4173" w:rsidRDefault="00EE4173" w:rsidP="00EE4173">
+    <w:p w14:paraId="0D846E2C" w14:textId="2179640C" w:rsidR="00EE4173" w:rsidRDefault="00EE4173" w:rsidP="00E10472">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="100"/>
       </w:pPr>
       <w:r>
         <w:t>List</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>all</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>adjacent</w:t>
@@ -18561,142 +18545,55 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>authorities</w:t>
       </w:r>
       <w:r w:rsidR="006F3C9C">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>that</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...90 lines deleted...]
-    </w:p>
+      <w:r w:rsidR="00E10472">
+        <w:t xml:space="preserve">surround your Authority’s geographic boundaries.  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="7D034FC9" w14:textId="77777777" w:rsidR="00EE4173" w:rsidRDefault="00EE4173">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="404040"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="46169F68" w14:textId="21094E08" w:rsidR="00836850" w:rsidRDefault="00B6501F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
         </w:rPr>
         <w:t>Participating</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-11"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -19163,68 +19060,60 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>other than a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>PSAP,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">that </w:t>
-[...3 lines deleted...]
-        <w:t>is able</w:t>
+        <w:t>that is able</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>to</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> receive the voice, data, and call back number of E9-1-1 or NG9-1-1 emergency calls transferred from a PSAP and completes</w:t>
+        <w:t>to receive the voice, data, and call back number of E9-1-1 or NG9-1-1 emergency calls transferred from a PSAP and completes</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>call</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -20008,199 +19897,199 @@
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t>PSAP</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="238BED7C" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00836850">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="7"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A226173" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00B6501F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="1" w:line="264" w:lineRule="auto"/>
         <w:ind w:left="100" w:right="571"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Backup Public Safety Answering Point (PSAP) is an answering point that meets the appropriate </w:t>
+        <w:t>The Backup Public Safety Answering Point (PSAP) is an answering point that meets the appropriate standards</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>serves</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>an</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>alternate</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-9"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>PSAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>operating</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-7"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>independently</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>from</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>the</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-2"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>PSAP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">at </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
-        <w:t>standards</w:t>
-[...143 lines deleted...]
-        <w:t>at a different location, that has the capability to direct dispatch for the PSAP or otherwise transfer emergency calls directly to an authorized entity. A backup PSAP may accept overflow calls from the PSAP or be activated if the primary PSAP is disabled.</w:t>
+        <w:t>a different location, that has the capability to direct dispatch for the PSAP or otherwise transfer emergency calls directly to an authorized entity. A backup PSAP may accept overflow calls from the PSAP or be activated if the primary PSAP is disabled.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2401437C" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00B6501F" w:rsidP="00E20C6A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120"/>
         <w:ind w:left="821"/>
       </w:pPr>
       <w:r>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -20736,83 +20625,75 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Generation Core Services (NGCS) or the answering point requests to activate an</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="262ECD0D" w14:textId="77777777" w:rsidR="003F747A" w:rsidRPr="003F747A" w:rsidRDefault="003F747A" w:rsidP="003F747A">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F747A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>abandonment switch or calls the Network Operations Center (NOC). The routing may be</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C34753" w14:textId="60CF341A" w:rsidR="003F747A" w:rsidRPr="003F747A" w:rsidRDefault="003F747A" w:rsidP="003F747A">
+    <w:p w14:paraId="57C34753" w14:textId="4D271063" w:rsidR="003F747A" w:rsidRPr="003F747A" w:rsidRDefault="003F747A" w:rsidP="003F747A">
       <w:pPr>
         <w:widowControl/>
         <w:adjustRightInd w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F747A">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>activated upon request or automatically, if detectable, when 9-1-1 equipment fails, or the</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="003F747A">
+        <w:t>activated upon request or automatically, if detectable, when 9-1-1 equipment fails, or the answering point is disabled.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E10472">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>answering point is disabled.</w:t>
+        <w:t xml:space="preserve">  This Alternate Route should be located in a 9-1-1 Authority other than your own.   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78CDBA58" w14:textId="73785B4A" w:rsidR="00836850" w:rsidRDefault="00836850">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="5"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0772ADCB" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00B6501F" w:rsidP="00B404B4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
         </w:rPr>
         <w:t>Unmanned</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
@@ -21402,59 +21283,51 @@
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>(VAP)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC80758" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00836850">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="8"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60CE9212" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00B6501F">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="264" w:lineRule="auto"/>
         <w:ind w:left="100" w:right="504"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">The Virtual Answering Point (VAP) is a temporary or nonpermanent location that </w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> an emergency call, contains a fully functional worksite that is not bound to a specific location,</w:t>
+        <w:t>The Virtual Answering Point (VAP) is a temporary or nonpermanent location that is capable of receiving an emergency call, contains a fully functional worksite that is not bound to a specific location,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>but</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>rather</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -21652,94 +21525,94 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>number of Virtual Answering Points (VAPs).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D55FFD6" w14:textId="6B2DFBBE" w:rsidR="00EE4173" w:rsidRDefault="00B6501F" w:rsidP="00E20C6A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:line="338" w:lineRule="auto"/>
         <w:ind w:left="821" w:right="5291" w:hanging="721"/>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>ETSB</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
         </w:rPr>
         <w:t>Member</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
         </w:rPr>
         <w:t>Appointments</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="404040"/>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="344C8D54" w14:textId="442DD520" w:rsidR="00836850" w:rsidRDefault="00B6501F" w:rsidP="00EE4173">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:before="120" w:line="338" w:lineRule="auto"/>
         <w:ind w:left="821" w:right="5291" w:hanging="101"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>Number</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>of Board Members</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77D6A142" w14:textId="77777777" w:rsidR="00836850" w:rsidRDefault="00B6501F" w:rsidP="00E20C6A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="120" w:line="223" w:lineRule="exact"/>
         <w:ind w:left="821"/>
       </w:pPr>
       <w:r>
         <w:t>Enter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
@@ -23187,81 +23060,81 @@
         <w:ind w:left="100"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F0455BB" w14:textId="0231A873" w:rsidR="00D03F90" w:rsidRPr="00D03F90" w:rsidRDefault="00D03F90">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="288" w:lineRule="exact"/>
         <w:ind w:left="100"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D03F90">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D" w:themeColor="text2"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Network Diagram and Call Handling Agreements</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5812F91A" w14:textId="39897647" w:rsidR="00D03F90" w:rsidRDefault="00D03F90">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:line="288" w:lineRule="exact"/>
         <w:ind w:left="100"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="320197CC" w14:textId="6D355404" w:rsidR="00D03F90" w:rsidRPr="00D03F90" w:rsidRDefault="00D03F90" w:rsidP="00D03F90">
       <w:pPr>
         <w:widowControl/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03F90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Documents </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">listed </w:t>
       </w:r>
       <w:r w:rsidRPr="00D03F90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="303030"/>
           <w:sz w:val="24"/>
@@ -23349,71 +23222,51 @@
     <w:p w14:paraId="07020A7A" w14:textId="0721B5B3" w:rsidR="00D03F90" w:rsidRPr="00D03F90" w:rsidRDefault="00D03F90" w:rsidP="00D03F90">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212529"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D03F90">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212529"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Any NEW and/or UPDATED call handling agreements you have </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> in 202</w:t>
+        <w:t>Any NEW and/or UPDATED call handling agreements you have entered into in 202</w:t>
       </w:r>
       <w:r w:rsidR="00B404B4">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212529"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74589D7D" w14:textId="77777777" w:rsidR="00D03F90" w:rsidRPr="00D03F90" w:rsidRDefault="00D03F90" w:rsidP="00D03F90">
       <w:pPr>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F7F7F7"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="212529"/>
@@ -25356,58 +25209,59 @@
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="170"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="140"/>
+  <w:proofState w:spelling="clean"/>
+  <w:revisionView w:inkAnnotations="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00836850"/>
     <w:rsid w:val="00047868"/>
     <w:rsid w:val="000C63F6"/>
     <w:rsid w:val="001644D2"/>
     <w:rsid w:val="001A3858"/>
@@ -25420,76 +25274,77 @@
     <w:rsid w:val="00522C43"/>
     <w:rsid w:val="00600639"/>
     <w:rsid w:val="00635A0F"/>
     <w:rsid w:val="00646B29"/>
     <w:rsid w:val="006F3C9C"/>
     <w:rsid w:val="00733B4E"/>
     <w:rsid w:val="007D2CDE"/>
     <w:rsid w:val="007D5F43"/>
     <w:rsid w:val="007F59C7"/>
     <w:rsid w:val="00836850"/>
     <w:rsid w:val="008C4B0B"/>
     <w:rsid w:val="009D0529"/>
     <w:rsid w:val="00A85D28"/>
     <w:rsid w:val="00B404B4"/>
     <w:rsid w:val="00B6501F"/>
     <w:rsid w:val="00BE2EFE"/>
     <w:rsid w:val="00CC6265"/>
     <w:rsid w:val="00CE7F8D"/>
     <w:rsid w:val="00D03F90"/>
     <w:rsid w:val="00D308CB"/>
     <w:rsid w:val="00D35ED4"/>
     <w:rsid w:val="00D543AF"/>
     <w:rsid w:val="00D91ECB"/>
     <w:rsid w:val="00DC0368"/>
     <w:rsid w:val="00DF3724"/>
+    <w:rsid w:val="00E10472"/>
     <w:rsid w:val="00E20C6A"/>
     <w:rsid w:val="00E2194A"/>
     <w:rsid w:val="00E251C2"/>
     <w:rsid w:val="00EA7214"/>
     <w:rsid w:val="00EE4173"/>
     <w:rsid w:val="00EE62CA"/>
     <w:rsid w:val="00EF450A"/>
     <w:rsid w:val="00FF0D01"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="32769"/>
+    <o:shapedefaults v:ext="edit" spidmax="34817"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="5FFA8D0E"/>
   <w15:docId w15:val="{4330AC7D-A033-480B-BBB1-45BFD45DA1CE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
@@ -26386,75 +26241,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>14</Pages>
-  <Words>3932</Words>
-  <Characters>22413</Characters>
+  <Words>3941</Words>
+  <Characters>22464</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>186</Lines>
+  <Lines>187</Lines>
   <Paragraphs>52</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SW911 Guide - Annual Financial Report (AFR)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Illinois State Police</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26293</CharactersWithSpaces>
+  <CharactersWithSpaces>26353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SW911 Guide - Annual Financial Report (AFR)</dc:title>
   <dc:creator>Illinois State Police - SW911</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2024-01-02T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>